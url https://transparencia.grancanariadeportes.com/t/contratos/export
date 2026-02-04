--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,130 +12,246 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>anno</t>
   </si>
   <si>
     <t>formalizados</t>
   </si>
   <si>
     <t>adjudicados</t>
   </si>
   <si>
     <t>menores</t>
   </si>
   <si>
     <t>licitaciones_anuladas</t>
   </si>
   <si>
     <t>resueltos</t>
   </si>
   <si>
     <t>modificados</t>
   </si>
   <si>
     <t>penalidades</t>
   </si>
   <si>
-    <t>Contratos menores tercer trimestre 2025 (PDF) (ODT)
+    <t xml:space="preserve">
+Contratos 2025 y estadísticas de contratación: (ODS)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Contratos 2025 y estadísticas de contratación: (ODS)
+</t>
+  </si>
+  <si>
+    <t>Contratos menores cuarto trimestre 2025 (PDF) (ODT)
+Contratos menores tercer trimestre 2025 (PDF) (ODT)
 Contratos menores segundo trimestre 2025 (PDF) (ODT)
 Contratos menores primer trimestre 2025 (PDF) (ODT)
+Contratos menores cuarto trimestre 2025
+Adjudicatario: ACEINSA CANARIAS, S.A.
+N.º expediente: 623/2025
+Fecha de adjudicación: 17/10/2025
+Decreto de adjudicación: 2025-0500
+Concepto: Suministro y reparación de avería en torre sur-este del fútbol 11 de Ciudad Deportiva Siete Palmas.
+Importe de adjudicación: 7.345,10€ más IGIC de 514,16€, importe total (7.859,26€)
+Duración: Fijar un plazo de ejecución de dos meses desde la notificación de adjudicación del contrato.
+Adjudicatario: ACEINSA CANARIAS, S.A.
+N.º expediente: 532/2025
+Fecha de adjudicación: 21/10/2025
+Decreto de adjudicación: 2025-0514
+Concepto: obra ejecución de bases para esculturas en el entorno del Gran Canaria Arena
+Importe de adjudicación: 28.122,90€ más IGIC de 1.968,60€, importe total (30.091,50€)
+Duración: Fijar un plazo de ejecución de ocho semanas desde la notificación de adjudicación del contrato.
+Adjudicatario: ALL SPORT ALTERNATIVAS, S.L.
+N.º expediente: 542/2025
+Fecha de adjudicación: 18/11/2025
+Decreto de adjudicación: 2025-0568
+Concepto: Suministro e instalación de maquinaria y material de gimnasio específico para
+voleibol en la Ciudad Deportiva Siete Palmas.
+Importe de adjudicación: 13.058,23€ más IGIC del 7% de 914,08€, importe total (13.972,31€)
+Duración: Fijar un plazo de ejecución del contrato de 1 día, a partir de la notificación de la adjudicación del contrato.
+Adjudicatario: ARANZADI LA LEY S.A.U.
+N.º expediente: 711/2025
+Fecha de adjudicación: 14/11/2025
+Decreto de adjudicación: 2025-0564
+Concepto: Suscripción a la base de datos de información jurídica El Consultor de los
+Ayuntamientos Premium (ECA29)-Asistente jurídico K+ (IA integrada)
+Importe de adjudicación: 5.998€ más IGIC de 419,86€, importe total (6.417,86€)
+Duración: Fijar un plazo de ejecución del contrato de 1 año, a partir de la notificación de la adjudicación del contrato.
+Adjudicatario: INSTALADORA QUINTANA, S.A.
+N.º expediente: 631/2025
+Fecha de adjudicación: 23/10/2025
+Decreto de adjudicación: 2025-0518
+Concepto: Suministro de luminarias y elementos para conexión en campo de hockey de la Ciudad Deportiva Siete Palmas.
+Importe de adjudicación: 11.123€ más IGIC de 778,61€, importe total (11.901,61€)
+Duración: Fijar un plazo de ejecución de dos meses desde la notificación de adjudicación del contrato.
+Adjudicatario: LC30 CONSULTORES, INGENIERÍA, ARQUITECTURA Y CONSTRUCCIÓN, S.L.
+N.º expediente: 626/2025
+Fecha de adjudicación: 13/10/2025
+Decreto de adjudicación: 2025-0494
+Concepto: Redacción de proyecto de ejecución de reconstrucción de las demoliciones efectuadas para ejecutar el expediente de obra 365/2024.
+Importe de adjudicación: 4.800€ más IGIC de 336€, importe total (5.136€)
+Duración: Fijar un plazo de ejecución de realización del servicio desde la notificación de la adjudicación de 30 días naturales.
+Adjudicatario: LUIS BETHENCOURT TRUJILLO
+N.º expediente: 694/2025
+Fecha de adjudicación: 02/12/2025
+Decreto de adjudicación: 2025-0595
+Concepto: Obra de estructura para videomarcador en campo de fútbol Anexo de CD7P.
+Importe de adjudicación: 18.200€ más IGIC de 1.274€, importe total (19.474€)
+Duración: Fijar un plazo de ejecución del contrato de CUARENTA Y CINCO días naturales a partir de la firma del Acta comprobación de replanteo.
+Adjudicatario: RAFAEL JESÚS HERRERA MAYOR
+N.º expediente: 521/2025
+Fecha de adjudicación: 08/10/2025
+Decreto de adjudicación: 2025-0485
+Concepto: Servicio de actualización del proyecto de ejecución de instalación de montacargas y adecuación de entorno norte de la Ciudad Deportiva Gran Canaria con instalación de grupo electrógeno.
+Importe de adjudicación: 13.000€ más IGIC de 910€, importe total (13.910€)
+Duración: Fijar un plazo de ejecución de realización del servicio desde la notificación de la adjudicación de 60 días naturales.
+Adjudicatario: ROGELIO RUIZ MARTÍNEZ
+N.º expediente: 714/2025
+Fecha de adjudicación: 28/11/2025
+Decreto de adjudicación: 2025-0579
+Concepto: servicio “Informe de supervisión de las características acústicas del proyecto de
+reforma del Centro Insular de Deportes de Gran Canaria.
+Importe de adjudicación: 8.000€ más IGIC de 560€, importe total (8.560€)
+Duración: Fijar un plazo de ejecución de realización del servicio de SESENTA (60) días naturales, a partir de la notificación de la adjudicación.
+Adjudicatario: SATURNO SISTEMAS DE INFORMACIÓN, S.L.
+N.º expediente: 716/2025
+Fecha de adjudicación: 28/11/2025
+Decreto de adjudicación: 2025-0588
+Concepto: servicio soporte, mantenimiento y mejora de la web del Instituto Insular de Deportes de Gran Canaria
+Importe de adjudicación: 9.950€ más IGIC del 7% aplicable de 696,50€, importe total (10.646,50€)
+Duración: Fijar un plazo de ejecución del contrato de un año, con efecto del 1 de enero de 2026.
+Adjudicatario: VMANAGER CONSULTING, S.L.
+N.º expediente: 714/2025
+Fecha de adjudicación: 24/11/2025
+Decreto de adjudicación: 2025-0579
+Concepto: Suministro de 14 ordenadores portátiles para el personal del Instituto Insular de
+Deportes de Gran Canaria
+Importe de adjudicación: 14.709,43€ más IGIC de 1.029,66€, importe total (15.739,09€)
+Duración: Fijar un plazo de ejecución del contrato de UN (1) meses, a partir de la notificación de la adjudicación.
 Contratos menores tercer trimestre 2025
 Adjudicatario: ACRO DISTRIBUCIONES DEPORTIVAS, S.L.N.º expediente: 448/2025Fecha de adjudicación: 28/07/2025Decreto de adjudicación: 2025-0380Concepto: Suministro de aros de baloncesto y redes para las canastas de la pista central del Gran Canaria Arena Importe de adjudicación: 5.408,40€ más IGIC de 378,59€, importe total (5.786,99€)Duración: Fijar un plazo de ejecución del suministro de cuatro semanas desde la notificación de adjudicación.
 Adjudicatario: DIASAN, S.A.N.º expediente: 402/2025Fecha de adjudicación: 30/07/2025Decreto de adjudicación: 2025-0384Concepto: Suministro e instalación de puerta enrollable automatizada para la cantina 8 del Estadio de Gran CanariaImporte de adjudicación: 4.396,48€ más IGIC de 307,75€, importe total (4.704,23€)Duración: Fijar un plazo de ejecución de realización del suministro e instalación desde la notificación de la adjudicación de 4 meses.
 Adjudicatario: D5 INGENIERÍA, SOCIEDAD LIMITADA PROFESIONALN.º expediente: 466/2025Fecha de adjudicación: 25/07/2025Decreto de adjudicación: 2025-0378Concepto: Servicio de redacción de proyecto modificado de la obra adecuación del sistema de iluminación a tecnología Led de la pista central del Gran Canaria ArenaImporte de adjudicación: 4.999€ más IGIC aplicable de 349,93€, importe total (5.348,93€)Duración: Fijar un plazo de ejecución de realización del servicio será de 15 días naturales desde la notificación de la resolución de adjudicación.
 Adjudicatario: EDUARDO CRISTÓBAL CORUÑA RAMÍREZN.º expediente: 531/2025Fecha de adjudicación: 17/09/2025Decreto de adjudicación: 2025-0445Concepto: Servicio redacción de memoria técnica de estructura para videomarcador en campo de fútbol anexo en la Ciudad Deportiva Siete PalmasImporte de adjudicación: 2.329,41€ al que le corresponde un IRPF de 349,41 más IGIC de 163,06€, importe total (2.143,06€)                                  Duración: Fijar un plazo de ejecución de realización del servicio de 45 días naturales desde la notificación de la resolución.
 Adjudicatario: ESPUBLICO SERVICIOS PARA LA ADMINISTRACIÓN, S.A.N.º expediente: 380/2025Fecha de adjudicación: 08/07/2025Decreto de adjudicación: 2025-0331Concepto: Suscripción a Bases de datos especializadas en recursos humanos y contratación pública, conforme la Disposición Adicional Novena de la LCSPImporte de adjudicación: 12.258,24€ más IGIC de 858,08€, importe total (13.116,32€)Duración: Fijar un plazo de ejecución del contrato de 1 año, a partir de la notificación de la adjudicación del contrato.
 Adjudicatario: FERRETERÍA TÍAS, S.L.N.º expediente: 454/2025Fecha de adjudicación: 24/07/2025Decreto de adjudicación: 2025-0375Concepto: Suministro de material de fontanería de uso común para las instalaciones del Instituto Insular de Deportes de Gran CanariaImporte de adjudicación: 11.825€ más IGIC de 827,75€, importe total (12.652,75€)Duración: Fijar un plazo de ejecución del suministro de tres meses desde la notificación de adjudicación o hasta agotar el crédito disponible.
 Adjudicatario: IMAGEN Y MONTAJE DE CANARIAS, S.L.N.º expediente: 477/2025Fecha de adjudicación: 25/08/2025Decreto de adjudicación: 2025-0404Concepto: Suministro e instalación de taquillas para el vestuario del Club Baloncesto Islas Canarias en el Pabellón de La PaternaImporte de adjudicación: 13.885,30€ más IGIC de 971,97€, importe total (14.857,27€)Duración: Fijar un plazo de ejecución del suministro e instalación de 45 días desde la notificación de adjudicación.
 Adjudicatario: INSTALADORA QUINTANA, S.A.N.º expediente: 351/2025Fecha de adjudicación: 04/07/2025Decreto de adjudicación: 2025-0326Concepto: Suministro de material eléctrico e Iluminación para las instalaciones del InstitutoInsular de Deportes de Gran CanariaImporte de adjudicación: 14.010,50€ más IGIC de 980,73€, importe total (14.991,23€)Duración: Fijar un plazo de ejecución del suministro de tres meses desde la notificación de adjudicación o hasta agotar el crédito disponible.
 Adjudicatario: MACE MANAGEMENT SERVICES, S.A.N.º expediente: 391/2025Fecha de adjudicación: 30/07/2025Decreto de adjudicación: 2025-0389Concepto: Servicio de auditoría técnica del proyecto de ejecución de la obra de ampliación y reforma integral del Estadio de Gran CanariaImporte de adjudicación: 12.000€ más IGIC de 840€, importe total (12.840€)Duración: Fijar un plazo de ejecución de realización del servicio de siete meses y medio, con el conjunto de las fases desde la notificación de la resolución.
 Adjudicatario: NEC ACTIVE, S.L.N.º expediente: 87/2025Fecha de adjudicación: 13/08/2025Decreto de adjudicación: 2025-0400Concepto: Suministro de videomarcador para el campo de fútbol 11 Campos Anexos -Ciudad Deportiva Siete PalmasImporte de adjudicación: 14.443,11€ más IGIC del 7% de 1.011,02€, importe total (15.454,13€)Duración: Fijar un plazo de entrega 8 días, desde la notificación de la resolución del contrato.
 Adjudicatario: NEC ACTIVE, S.L.N.º expediente: 525/2025Fecha de adjudicación: 13/08/2025Decreto de adjudicación: 2025-0444Concepto: Suministro e instalación de banquillos de reserva y árbitros para el campo de fútbol11 campo anexos en la Ciudad Deportiva Siete PalmasImporte de adjudicación: 10.163,38€ más IGIC de 711,44€, importe total (10.874,82€)Duración: Fijar un plazo de ejecución del suministro e instalación de 26 días (4 semanas) desde la notificación de adjudicación.
 Adjudicatario: ORONA, S. COOP.N.º expediente: 502/2025Fecha de adjudicación: 17/09/2025Decreto de adjudicación: 2025-0435Concepto: Suministro de deficiencias en ascensores del Instituto Insular de Deportes de GranCanariaImporte de adjudicación: 14.995,50€ más IGIC de 1.049,69€, importe total (16.045,19€)Duración: Fijar un plazo de ejecución de tres meses desde la notificación de adjudicación del contrato.
 Adjudicatario: TALLERES FERNODA, S.L.N.º expediente: 506/2025Fecha de adjudicación: 10/09/2025Decreto de adjudicación: 2025-0429Concepto: Suministro, instalación y reparación de barreras y puertas automáticas del Instituto Insular de Deportes de Gran Canaria Importe de adjudicación: 6.800,10€ más IGIC de 476€, importe total (7.276,10€)Duración: Fijar un plazo de ejecución de tres meses desde la notificación de adjudicación del contrato.
 Contratos menores segundo trimestre 2025
 Adjudicatario: ACEINSA CANARIAS, S.AN.º expediente: 192/2025Fecha de adjudicación: 09/04/2025Decreto de adjudicación: 2025-0194Concepto: Suministro denominado “Correctivos del centro de transformación y del grupoelectrógeno de la Ciudad Deportiva Siete Palmas” Importe de adjudicación: 9.064,40€ más IGIC aplicable del 7% de 634,51€, importe total (9.698,91€)Duración: Fijar un plazo de ejecución de realización del contrato será de dos meses, a partir de la notificación de la adjudicación.
 Adjudicatario: ANEK S-3, S.L.N.º expediente: 311/2025Fecha de adjudicación: 19/05/2025Decreto de adjudicación: 2025-0267Concepto: Servicio de actualización y mantenimiento de seis desfibriladores semiautomáticosexternos, así como la formación del personal, para el Instituto Insular de Deportes de Gran CanariaImporte de adjudicación: 4.890€ más IGIC de 209€ (7% de 2.989,80€), importe total (5.189,09€)Duración: Fijar un plazo de ejecución del servicio de un año desde el 1 de junio de 2025.
 Adjudicatario: ASIMÉTRICO ARQUITECTOS, S.C.P.N.º expediente: 328/2025Fecha de adjudicación: 12/06/2025Decreto de adjudicación: 2025-0298Concepto: Servicio de redacción de proyecto y dirección facultativa de la ejecución de basespara esculturas en el entorno del Gran Canaria ArenaImporte de adjudicación: 4.990€ más IGIC aplicable del 7% de 349,30€, importe total (5.339,30€)Duración: Fijar un plazo de ejecución de realización del servicio de redacción de proyecto desde la notificación de la resolución de 45 días naturales. El servicio de dirección facultativa tendrá una duración igual a la del contrato de obra al que esté vinculado, más un plazo de tres meses después de la recepción de obra para elaborar la documentación administrativa de liquidación de la obra.
 Adjudicatario: ASOCIACIÓN CANARIA DE GESTORES DEPORTIVOSN.º expediente: 279/2025Fecha de adjudicación: 14/05/2025Decreto de adjudicación: 2025-0254Concepto: Servicio de elaboración y seguimiento de dossier para la accesibilidad del deporteen Gran CanariaImporte de adjudicación: 13.386€ más IGIC aplicable del 7% de 937,02€, importe total (14.323,02€)Duración: Fijar un plazo de ejecución del servicio desde la fecha de la notificación de la adjudicación del contrato hasta el 31 de diciembre de 2025.
 Adjudicatario: DYNAMIC OPENGOV TECHNOLOGIES, S.L.N.º expediente: 187/2025Fecha de adjudicación: 06/05/2025Decreto de adjudicación: 2025-0234Concepto: Servicio gestión integral de transparencia + visores de subvenciones delInstituto Insular de Deportes de Gran CanariaImporte de adjudicación: 14.950€ más IGIC aplicable del 7% de 1.046,50€, importe total (15.996,50€)Duración: Fijar un plazo de ejecución del contrato de doce (12) meses, a partir del 9 de mayo de 2025.
 Adjudicatario: EDITORIAL PRENSA CANARIA, S.A.N.º expediente: 255/2025Fecha de adjudicación: 14/05/2025Decreto de adjudicación: 2025-0256Concepto: Servicio de publicidad divulgación de las actividades y servicios del Instituto Insularde Deportes de Gran CanariaImporte de adjudicación: 9.800€ más IGIC de 686€, importe total (10.486€)Duración: Fijar un plazo de ejecución del servicio en el mes de mayo de 2025.
 Adjudicatario: FERRETERÍA MARCOBA, S.L.N.º expediente: 283/2025Fecha de adjudicación: 12/06/2025Decreto de adjudicación: 2025-0295Concepto: Suministro de material de ferretería de uso común para las instalaciones delInstituto Insular de Deportes de Gran CanariaImporte de adjudicación: 13.850€ más IGIC de 969,50€, importe total (14.819,50€)Duración: Fijar un plazo de ejecución del suministro de tres meses desde la notificación de adjudicación o hasta agotar el crédito disponible.
 Adjudicatario: FIRECAM FORMACIÓN, S.L.N.º expediente: 291/2025Fecha de adjudicación: 19/05/2025Decreto de adjudicación: 2025-0266Concepto: Servicio de software para control de la ejecución de contratos Importe de adjudicación: 11.600€ más IGIC (7%) de 812€, importe total (12.420€)Duración: Fijar un plazo de ejecución del servicio de un año desde el 1 de junio de 2025.
 Adjudicatario: GUSTAVO MIGUEL GIL PÉREZN.º expediente: 280/2025Fecha de adjudicación: 28/05/2025Decreto de adjudicación: 2025-0279Concepto: Servicio de Producción Grabación de Video Time Lapse de la obra del Centro Insular de Deportes Importe de adjudicación: 11.550€ más IGIC de 808,50€, importe total (12.358,50€)Duración: Fijar un plazo de ejecución del contrato con una duración desde el 1 de junio de 2025 al 31 de mayo de 2026.
 Adjudicatario: INFORMACIONES CANARIAS, S.A.N.º expediente: 254/2025Fecha de adjudicación: 14/05/2025Decreto de adjudicación: 2025-0255Concepto: Servicio de Alquiler Publicidad Actividades y Servicios del Instituto Insular deDeportes de Gran CanariaImporte de adjudicación: 14.950€ más IGIC aplicable del 7% de 1.046,50€, importe total (15.996,50€)Duración: Fijar un plazo de ejecución del servicio del 17 de mayo de 2025.
 Adjudicatario: JOROAL COMUNICACIÓN, S.L.N.º expediente: 271/2025Fecha de adjudicación: 09/05/2025Decreto de adjudicación: 2025-0245Concepto: Servicio de comunicación y prensa del Instituto Insular de Deportes de Gran CanariaImporte de adjudicación: 13.316,66€ más IGIC aplicable del 7% de 932,17€, importe total (14.248,83€)Duración: Fijar un plazo de ejecución de realización del servicio de tres meses, desde la notificación de la resolución del contrato o hasta agotar el crédito disponible o a la formalización del nuevo contrato en fase de inicio.
 Adjudicatario: LC30 CONSULTORES, INGENIERÍA, ARQUITECTURA Y CONSTRUCCIÓN, S.L.N.º expediente: 230/2025Fecha de adjudicación: 30/04/2025Decreto de adjudicación: 2025-0226Concepto: Servicio redacción de proyecto modificado de la obra Adecuación del Campo deHockey anexo a la Ciudad Deportiva Siete Palmas en el T.M. Las Palmas de Gran CanariaImporte de adjudicación: 3.900€ más IGIC de 273€, importe total (4.173€)Duración: Fijar un plazo de ejecución de realización del servicio desde la notificación de la adjudicación de 15 días naturales.
 Adjudicatario: SECURE SKY TECHNOLOGY, S.L.N.º expediente: 117/2025Fecha de adjudicación: 16/04/2025Decreto de adjudicación: 2025-0205Concepto: Suministro material informático y telecomunicaciones del Instituto Insular deDeportes de Gran Canaria para el Campeonato del Mundo de Rally (WRC 2025)Importe de adjudicación: 5.757,75€ más IGIC aplicable del 7% de 403,04€, importe total (6.160,79€)Duración: Fijar un plazo de ejecución de realización del suministro deberá efectuarse en plazo de entrega 2 horas desde la solicitud del material, desde la notificación de la resolución del contrato.
 Adjudicatario: SISTEMAS Y REDES SEGURIDAD DIGITAL, S.L.N.º expediente: 201/2025Fecha de adjudicación: 25/06/2025Decreto de adjudicación: 2025-0311Concepto: Servicio de licencias de Antivirus y cortafuegos informáticos de los ordenadoresdel IIDGCImporte de adjudicación: 12.008,52€ más IGIC de 840,60€, importe total (12.849,12€)                                                                                                 Duración: Fijar un plazo de ejecución del servicio de un año desde el 24 de marzo de 2025 hasta 23 de marzo 2026.
 Adjudicatario: SOCIEDAD ESPAÑOLA DE RADIODIFUSIÓN, S.L.N.º expediente: 253/2025Fecha de adjudicación: 24/04/2025Decreto de adjudicación: 2025-0216Concepto: Contrato publicitario deportivo de emisión radiofónica entre el Instituto Insular de Deportes de Gran Canaria y Sociedad Española de Radiodifusión, S.L.U., para el proyecto: El valor social del deporte Importe de adjudicación: 12.500€ más IGIC aplicable del 7% de 875€, importe total (13.375€)Duración: Fijar un plazo de ejecución del contrato de 24 días desde la notificación de la adjudicación.
 Adjudicatario: SONEPAR SPAIN, S.A.N.º expediente: 146/2025Fecha de adjudicación: 24/04/2025Decreto de adjudicación: 2025-0215Concepto: Suministro de diverso material eléctrico e iluminación para mejoras de las instalaciones de la Ciudad Deportiva Siete Palmas con motivo del 49 Rally Islas Canarias (WRC 2025)Importe de adjudicación: 13.736,40€ más IGIC aplicable del 7% de 951,55€, importe total (14.697,95€)Duración: Fijar un plazo de ejecución de realización del suministro deberá efectuarse en plazo de entrega &gt;2 o 6 horas desde la solicitud del material, desde la notificación de la resolución del contrato.
 Adjudicatario: STOP DIGITAL, S.L.N.º expediente: 273/2025Fecha de adjudicación: 12/06/2025Decreto de adjudicación: 2025-0296Concepto: Suministro de material de señalización y de seguridad para las instalaciones delInstituto Insular de Deportes de Gran CanariaImporte de adjudicación: 11.825€ más IGIC de 827,75€, importe total (12.652,75€)Duración: Fijar un plazo de ejecución del suministro de tres meses desde la notificación de adjudicación o hasta agotar el crédito disponible.
 Contratos menores primer trimestre 2025
 Adjudicatario: AGUSTÍN PADRÓN SANTANAN.º expediente: 70/2025Fecha de adjudicación: 25/03/2025Decreto de adjudicación: 2025-0158Concepto: Servicio de transportes de material por cierre del Centro Insular de Deportes de Gran CanariaImporte de adjudicación: 14.500€ más IGIC aplicable del 7% de 1.015€, importe total (15.515€)Duración: Fijar un plazo de ejecución de realización del servicio hasta el 30 de abril de 2025.
 Adjudicatario: ALEJANDRO FLEITAS VALIDON.º expediente: 574/2024Fecha de adjudicación: 14/02/2025Decreto de adjudicación: 2025-0077Concepto: Servicio de redacción de proyecto de ejecución de edificio de vestuarios en campo de fútbol 11 en el anexo de la Ciudad Deportiva Siete PalmasImporte de adjudicación: 11.250€ más IGIC aplicable del 7% de 787,50€, importe total (12.037,50€)Duración: Fijar un plazo de ejecución de realización del servicio desde la notificación de la resolución de: 1) Proyecto Básico: 30 días a partir de la notificación de la adjudicación; 2) Proyecto de Ejecución y Análisis Urbanístico: 45 días a partir de la presentación de lo anterior.
 Adjudicatario: AMBROSIO AMADO ALONSO MAYORN.º expediente: 51/2025Fecha de adjudicación: 10/03/2025Decreto de adjudicación: 2025-0113Concepto: Obra acondicionamiento (rebacheo) de camino en el GarañónImporte de adjudicación: 27.010€ más IGIC aplicable del 7% de 1.890,70€, importe total (28.900,70€)Duración: Fijar un plazo de ejecución del contrato de QUINCE DÍAS a partir de la firma del Acta comprobación de replanteo.
 Adjudicatario: CLÍNICA DE URGENCIA NTRA. SRA. DEL PERPETUO SOCORRON.º expediente: 94/2025Fecha de adjudicación: 07/02/2025Decreto de adjudicación: 2025-0062Concepto: Servicio de Asistencia Médica durante la Copa del Rey de Baloncesto 2025Importe de adjudicación: 14.820€, exento de IGICDuración: El plazo de ejecución del contrato será del 12 al 16 de febrero de 2025.
 Adjudicatario: COMPAÑÍA DE EFICIENCIA Y SERVICIOS INTEGRALES, S.L.N.º expediente: 41/2025Fecha de adjudicación: 26/02/2025Decreto de adjudicación: 2025-0091Concepto: Suministro de dos acumuladores solar ACS para alimentación de las duchas de los vestuarios del Gran Canaria ArenaImporte de adjudicación: 10.438,85€ más IGIC aplicable de 730,72€, importe total (11.169,57€)Duración: El plazo de ejecución del contrato es de una semana desde la fecha de notificación del contrato.
 Adjudicatario: DISTEC MODULAR, S.L. UNIPERSONALN.º expediente: 39/2025Fecha de adjudicación: 06/02/2025Decreto de adjudicación: 2025-0060Concepto: Suministro de 90 sillas con pala de escritura para dotar las salas del Gran Canaria Arena y Estadio de Gran CanariaImporte de adjudicación: 12.325,50€ más IGIC aplicable del 7% de 862,79€, importe total (13.188,29€)Duración: Fijar un plazo de ejecución del contrato de dos semanas desde la notificación de la resolución.
 Adjudicatario: EL MISTERIO DE LA BRIDA, S.L.N.º expediente: 92/2025Fecha de adjudicación: 07/02/2025Decreto de adjudicación: 2025-0063Concepto: Servicio de montaje, desmontaje y traslado estructuras cubrición stand La CaixaImporte de adjudicación: 6.461,32€ más IGIC aplicable de 452,29€, importe total (6.913,61€)Duración: Fijar un plazo de ejecución del contrato del 12 al 16 febrero de 2025.
 Adjudicatario: GRUPO SANITARIO ATLÁNTICO, S.L.N.º expediente: 96/2025Fecha de adjudicación: 11/02/2025Decreto de adjudicación: 2025-0065Concepto: Servicio de Ambulancias para la Copa del Rey de Baloncesto 2025Importe de adjudicación: 13.610€, exento de IGICDuración: El plazo de ejecución del contrato será del 12 al 16 de febrero de 2025.
 Adjudicatario: INFORMACIONES CANARIAS, S.A.N.º expediente: 116/2025Fecha de adjudicación: 14/02/2025Decreto de adjudicación: 2025-0073Concepto: Servicio de publicidad “Gran Canaria Sede Mundial 2030” durante la celebración Copa del Rey de Baloncesto Gran Canaria 2025Importe de adjudicación: 14.500€ más IGIC aplicable del 7% de 1.015€, importe total (15.515€)Duración: Fijar un plazo de ejecución del contrato de los días 13 y 15 de febrero de 2025 con motivo de la celebración de la Copa del Rey de baloncesto de Gran Canaria.
 Adjudicatario: JUAN JOSÉ FUENTES TABARES, S.L. UNIPERSONALN.º expediente: 95/2025Fecha de adjudicación: 17/02/2025Decreto de adjudicación: 2025-0078Concepto: Servicio de Publicidad de la Copa del Rey de Baloncesto 2025 en el Aeropuerto de Gran CanariaImporte de adjudicación: 13.947€ más IGIC de 976,29€, importe total (14.923,29€)Duración: El plazo de ejecución del contrato será del 10 al 16 de febrero de 2025.
 Adjudicatario: LIMONIUM CANARIAS, S.L.N.º expediente: 86/2025Fecha de adjudicación: 19/02/2025Decreto de adjudicación: 2025-0082Concepto: Servicio de organización y ejecución de los Campeonatos Insulares de Orientación en Edad EscolarImporte de adjudicación: 11.192,10€ más IGIC aplicable del 7% de 783,45€, importe total (11.975,55€)Duración: Fijar un plazo de ejecución del contrato de febrero a abril de 2025.
 Adjudicatario: MELIAN Y ABOGADOS S.C.P.N.º expediente: 37/2025Fecha de adjudicación: 21/01/2025Decreto de adjudicación: 2025-0025Concepto: Servicio de formación y asesoramiento para la implementación y puesta en marcha de un Sistema Dinámico de Adquisición (SDA)Importe de adjudicación: 4.672,90€ más IGIC aplicable del 7% de 1.049,65€, importe total (16.044,65€)Duración: Fijar un plazo de ejecución del contrato de los días 13 al 16 de febrero de2025 con motivo de la celebración de la Copa del Rey de baloncesto de Gran Canaria.
 Adjudicatario: MIGUEL ÁNGEL MORALES VIZCAINON.º expediente: 2296/2023Fecha de adjudicación: 21/03/2025Decreto de adjudicación: 2025-0154Concepto: Servicio de redacción de proyecto de la obra cerramiento del Terrero de Lucha Tomás El BomberoImporte de adjudicación: 14.800€ más IGIC aplicable del 7% de 1.036€, importe total (15.836€)Duración: Fijar un plazo de ejecución del contrato de cinco (5) meses desde la notificación de la ejecución.
 Adjudicatario: OJO DE PEZ, S.L.N.º expediente: 1150/2024Fecha de adjudicación: 29/01/2025Decreto de adjudicación: 2025-0036Concepto: Servicio de elaboración de material audiovisual de las instalaciones de Gran Canaria como sede de la Copa Mundial de la FIFA 2030Importe de adjudicación: 14.700€ más IGIC aplicable del 7% de 1.029€, importe total (15.729€)Duración: Fijar un plazo de ejecución del contrato de treinta (30) días hábiles.
 Adjudicatario: SOCIEDAD ESPAÑOLA DE RADIODIFUSIÓN, S.L.N.º expediente: 123/2025Fecha de adjudicación: 14/02/2025Decreto de adjudicación: 2025-0075Concepto: Servicio de publicidad “Gran Canaria Sede Mundial 2030” durante lacelebración Copa del Rey de Baloncesto Gran Canaria 2025- Radio a nivel nacionalImporte de adjudicación: 14.995€ más IGIC aplicable del 7% de 327,10€, importe total (5.000€)Duración: Fijar un plazo de ejecución del contrato de los días 13 al 16 de febrero de 2025 con motivo de la celebración de la Copa del Rey de baloncesto de Gran Canaria.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+El Instituto Insular de Deportes de Gran Canaria no ha anulado ninguna licitación durante el año 2025. (ODT)
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+En el Instituto Insular de Deportes de Gran Canaria no han existido decisiones de desistimiento y renuncia en los contratos en 2025.(ODT)
+</t>
+  </si>
+  <si>
+    <t>MODIFICACIONES DE LOS CONTRATOS FORMALIZADOS
+En el Instituto Insular de Deportes de Gran Canaria se realizaron modificaciones de contratos durante el año 2025, siendo los siguientes:
+Adecuación del sistema de iluminación a tecnología led de la pista central del Gran Canaria Arena.
+Redacción de proyecto, dirección de obra, dirección de ejecución y coordinación de seguridad y salud de la obra denominada reforma integral del Centro Insular de Deportes de Gran Canaria y reurbanización del entorno de parcela en el T.M. Las Palmas de Gran Canaria.
+Adecuación de la iluminación del Estadio de Gran Canaria.
+(ODS)  (ODT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Mediante el presente escrito se informa que el Instituto Insular de Deportes de Gran Canaria no ha impuesto penalidades por incumplimiento de los contratistas en el año 2025.(ODT)
+</t>
   </si>
   <si>
     <t xml:space="preserve">
 Contratos 2024 y estadísticas de contratación: ODS
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 Contratos 2024 1er semestre y estadísticas de contratación: ODS
 Contratos 2024 2º semestre y estadísticas de contratación: ODS
 </t>
   </si>
   <si>
     <t>Contratos menores primer trimestre 2024 (PDF) (ODT)
 Contratos menores segundo trimestre 2024 (PDF) (ODT)
 Contratos menores tercer trimestre 2024 (PDF) (ODT)
 Contratos menores cuarto trimestre 2024 (PDF)(ODT)
 Contratos menores primer trimestre 2024
 Adjudicatario: ADM TECH, S.L.Nº expediente: 155/2024Fecha de adjudicación: 19/02/2024Decreto de adjudicación: 2024-0101Concepto: Servicio de producción e instalación de vinilado “Gran Canaria una islaMundial 2030” en avión BinterImporte de adjudicación: 13.603,73€ más IGIC de 952,26€, importe total (14.556€)Duración: veinte (20) días
 Adjudicatario: ANTONIO VERA DE COMINGES RODRÍGUEZNº expediente: 2372/2023Fecha de adjudicación: 18/01/2024Decreto de adjudicación: 2024-0031Concepto: Servicio de redacción de proyecto para adecuación a tecnología led lailuminación de la pista central del Gran Canaria ArenaImporte de adjudicación: 6.542,05€ más IGIC de 457,94€, importe total (6.999,99€)Duración: tres (3) semanas
 Adjudicatario: COL OF DE ARQUITECTOS DE GRAN CANARIANº expediente: 2138/2023Fecha de adjudicación: 12/02/2024Decreto de adjudicación: 2024-0087Concepto: Servicio de asistencia técnica en la redacción de los pliegos de un concursode proyectos para la adjudicación de un contrato administrativo de redacción delproyecto de ejecución, dirección facultativa y coordinación de seguridad y salud de laobra denominada Reforma del Estadio de Gran CanariaImporte de adjudicación: 14.990,00€ más IGIC de 1.049,30€, importe total(16.039,30€)Duración: diez (10) semanas
 Adjudicatario: COMPAÑÍA DE EFICIENCIA Y SERVICIOS INTEGRALES, S.L.Nº expediente: 247/2024Fecha de adjudicación: 12/03/2024Decreto de adjudicación: 2024-0157Concepto: Servicio correctivo de los sistemas de media tensión (MT) y gruposelectrógenos de las instalaciones del Instituto Insular de Deportes de Gran CanariaImporte de adjudicación: 13.181,06€ más IGIC de 922,67€, importe total (14.103,73€)Duración: tres (3) semanas
 Adjudicatario: ESTRATEGIA Y GESTIÓN PÚBLICANº expediente: 33/2024Fecha de adjudicación: 12/02/2024Decreto de adjudicación: 2024-0091Concepto: Servicio de Consultoría para la elaboración de un Plan de Ordenación delosRecursos Humanos y modificación RPT del Instituto Insular de Deportes de GranCanariaImporte de adjudicación: 13.000,00€ más IGIC de 910,00€, importe total (13.910,00€)Duración: tres (3) meses como máximo desde la adjudicación para la elaboración delPlan de Ordenación de Recursos Humanos, conforme al modelo anexo a la memoria,de 6 meses como máximo desde la adjudicación para la propuesta de RPT, con lasmodificaciones puntuales que se planteen en relación a la estructura organizativa delIID, así como el documento de descripción de los nuevos puestos que puedanadicionarse a los actualmente existentes y asistencia técnica en la negociación de losdocumentos señalados en los apartados anteriores, durante un máximo de oncemeses desde la adjudicación del contrato.
 Adjudicatario: FEDERACIÓN CANARIA DE BEISBOL Y SOFTBOLNº expediente: 2572/2023Fecha de adjudicación: 19/03/2024Decreto de adjudicación: 2024-0182Concepto: Servicio de ejecución del proyecto de promoción deportiva insular en edadescolar de beisbol y sotfbolImporte de adjudicación: 13.908,00€Duración: hasta diciembre de 2024
 Adjudicatario: FEDERACIÓN INSULAR DE AJEDREZ DE GRAN CANARIANº expediente: 2545/2023Fecha de adjudicación: 18/01/2024Decreto de adjudicación: 2024-0033Concepto: Servicio de organización y ejecución de Los Campeonatos Insulares deOrientación en Edad EscolarImporte de adjudicación: 11.3790,00€Duración: cinco (5) meses (de enero a mayo de 2024)
@@ -1723,163 +1839,181 @@
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>151</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
+      <c r="C2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
       <c r="E2" t="s">
-        <v>9</v>
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
         <v>65</v>
       </c>
       <c r="B3">
         <v>2024</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
         <v>63</v>
       </c>
       <c r="B4">
         <v>2023</v>
       </c>
       <c r="C4" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
         <v>64</v>
       </c>
       <c r="B5">
         <v>2022</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
         <v>66</v>
       </c>
       <c r="B6">
         <v>2021</v>
       </c>
       <c r="E6" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
         <v>67</v>
       </c>
       <c r="B7">
         <v>2020</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
         <v>68</v>
       </c>
       <c r="B8">
         <v>2019</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">