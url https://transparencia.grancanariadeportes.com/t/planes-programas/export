--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,86 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>objetivos</t>
   </si>
   <si>
     <t>actividades_previstas</t>
   </si>
   <si>
     <t>medios_necesarios</t>
   </si>
   <si>
     <t>estimacion_temporal</t>
   </si>
   <si>
     <t>responsable</t>
   </si>
   <si>
     <t>indicadores_evaluacion</t>
   </si>
   <si>
     <t>grado_cumplimiento</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
+  </si>
+  <si>
+    <t>26-01-2026</t>
+  </si>
+  <si>
+    <t>Aprobación Plan Anual Normativo IID 2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/1769674804BOP n.º11 del 26-1-2026 aprobación plan anual normativo IID 2026 (1).pdf</t>
   </si>
   <si>
     <t>19-06-2025</t>
   </si>
   <si>
     <t>Plan de Ordenación de RR.HH</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1750319175PORH final tras negociación.pdf</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1750319178PORH final tras negociación.odt</t>
   </si>
   <si>
     <t>09-04-2025</t>
   </si>
   <si>
     <t>BOP Plan de Contratación 2025</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1744182526Publicado BOP Plan contratación 25.pdf</t>
   </si>
   <si>
     <t>24-09-2024</t>
   </si>
@@ -501,69 +510,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z8"/>
+  <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="135" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="167" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="170" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="156" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
@@ -577,159 +586,173 @@
         <v>9</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>304</v>
+        <v>343</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="K2" t="s">
         <v>14</v>
       </c>
-      <c r="L2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>269</v>
+        <v>304</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="K3" t="s">
         <v>17</v>
       </c>
       <c r="L3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>236</v>
+        <v>269</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="L4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="K5" t="s">
         <v>23</v>
+      </c>
+      <c r="L5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>212</v>
+        <v>237</v>
       </c>
       <c r="B6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="K6" t="s">
         <v>26</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>234</v>
+        <v>212</v>
       </c>
       <c r="B7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C7" t="s">
         <v>28</v>
       </c>
-      <c r="C7" t="s">
+      <c r="K7" t="s">
         <v>29</v>
       </c>
-      <c r="J7" t="s">
+      <c r="L7" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
+        <v>234</v>
+      </c>
+      <c r="B8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" s="1">
         <v>303</v>
       </c>
-      <c r="B8" t="s">
-[...8 lines deleted...]
-      <c r="L8" t="s">
+      <c r="B9" t="s">
         <v>36</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">