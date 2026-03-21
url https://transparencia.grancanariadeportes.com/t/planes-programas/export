--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,95 +12,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>objetivos</t>
   </si>
   <si>
     <t>actividades_previstas</t>
   </si>
   <si>
     <t>medios_necesarios</t>
   </si>
   <si>
     <t>estimacion_temporal</t>
   </si>
   <si>
     <t>responsable</t>
   </si>
   <si>
     <t>indicadores_evaluacion</t>
   </si>
   <si>
     <t>grado_cumplimiento</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
-    <t>26-01-2026</t>
+    <t>13-03-2026</t>
+  </si>
+  <si>
+    <t>Plan Anual de Contratación IID 2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/1773749061BOP Nº 31 de 13-3-2026 plan anual contratación IID 2026.pdf</t>
+  </si>
+  <si>
+    <t>19-02-2026</t>
+  </si>
+  <si>
+    <t>Plan Operativo Anual de Subvenciones 2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/1771490949Plan Operativo Anual de Subvenciones 2026.odt</t>
+  </si>
+  <si>
+    <t>Plan Estratégico de Subvenciones 2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/1771491013Plan estratégico de subvenciones 2026.odt</t>
+  </si>
+  <si>
+    <t>18-02-2026</t>
   </si>
   <si>
     <t>Aprobación Plan Anual Normativo IID 2026</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1769674804BOP n.º11 del 26-1-2026 aprobación plan anual normativo IID 2026 (1).pdf</t>
+  </si>
+  <si>
+    <t>Plan Operativo Anual de Subvenciones 2025</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/1771490851Plan Operativo Anual de Subvenciones 2025.odt</t>
+  </si>
+  <si>
+    <t>Plan Estratégico de Subvenciones 2025</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/1771490892Plan estratégico de subvenciones 2025.odt</t>
   </si>
   <si>
     <t>19-06-2025</t>
   </si>
   <si>
     <t>Plan de Ordenación de RR.HH</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1750319175PORH final tras negociación.pdf</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1750319178PORH final tras negociación.odt</t>
   </si>
   <si>
     <t>09-04-2025</t>
   </si>
   <si>
     <t>BOP Plan de Contratación 2025</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1744182526Publicado BOP Plan contratación 25.pdf</t>
   </si>
   <si>
     <t>24-09-2024</t>
   </si>
@@ -510,51 +546,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z9"/>
+  <dimension ref="A1:Z14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="135" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="170" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="156" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
@@ -586,173 +622,243 @@
         <v>9</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="K2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>304</v>
+        <v>347</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>269</v>
+        <v>348</v>
       </c>
       <c r="B4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L4" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>236</v>
+        <v>343</v>
       </c>
       <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K5" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>237</v>
+        <v>345</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>23</v>
+      </c>
+      <c r="L6" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>212</v>
+        <v>346</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="L7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>234</v>
+        <v>304</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C8" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="L8" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
+        <v>269</v>
+      </c>
+      <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="1">
+        <v>236</v>
+      </c>
+      <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="1">
+        <v>237</v>
+      </c>
+      <c r="B11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" s="1">
+        <v>212</v>
+      </c>
+      <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>41</v>
+      </c>
+      <c r="L12" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" s="1">
+        <v>234</v>
+      </c>
+      <c r="B13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" s="1">
         <v>303</v>
       </c>
-      <c r="B9" t="s">
-[...9 lines deleted...]
-        <v>39</v>
+      <c r="B14" t="s">
+        <v>48</v>
+      </c>
+      <c r="C14" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" t="s">
+        <v>50</v>
+      </c>
+      <c r="L14" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">