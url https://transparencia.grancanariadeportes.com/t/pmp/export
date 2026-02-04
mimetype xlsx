--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,236 +12,356 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>cuantia</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
     <t>pmc</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>yearm</t>
   </si>
   <si>
+    <t>30-11-2025</t>
+  </si>
+  <si>
+    <t>0,54</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176898652411 PMP IID Noviembre 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Noviembre</t>
+  </si>
+  <si>
+    <t>11-2025</t>
+  </si>
+  <si>
+    <t>31-10-2025</t>
+  </si>
+  <si>
+    <t>60,11</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606456710 PMP IID Octubre 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Octubre</t>
+  </si>
+  <si>
+    <t>10-2025</t>
+  </si>
+  <si>
+    <t>30-09-2025</t>
+  </si>
+  <si>
+    <t>1,31</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606453909 PMP IID Septiembre 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Septiembre</t>
+  </si>
+  <si>
+    <t>09-2025</t>
+  </si>
+  <si>
+    <t>31-08-2025</t>
+  </si>
+  <si>
+    <t>0,79</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606450708 PMP IID Agosto 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Agosto</t>
+  </si>
+  <si>
+    <t>08-2025</t>
+  </si>
+  <si>
+    <t>31-07-2025</t>
+  </si>
+  <si>
+    <t>0,55</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606447507 PMP IID Julio 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Julio</t>
+  </si>
+  <si>
+    <t>07-2025</t>
+  </si>
+  <si>
+    <t>30-06-2025</t>
+  </si>
+  <si>
+    <t>4,32</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606443806 PMP IID Junio 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Junio</t>
+  </si>
+  <si>
+    <t>06-2025</t>
+  </si>
+  <si>
+    <t>31-05-2025</t>
+  </si>
+  <si>
+    <t>6,63</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606440605 PMP IID Mayo 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Mayo</t>
+  </si>
+  <si>
+    <t>05-2025</t>
+  </si>
+  <si>
+    <t>30-04-2025</t>
+  </si>
+  <si>
+    <t>0,60</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606437404 PMP IID Abril 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Abril</t>
+  </si>
+  <si>
+    <t>04-2025</t>
+  </si>
+  <si>
+    <t>31-03-2025</t>
+  </si>
+  <si>
+    <t>0,19</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606435603 PMP IID Marzo 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Marzo</t>
+  </si>
+  <si>
+    <t>03-2025</t>
+  </si>
+  <si>
     <t>28-02-2025</t>
   </si>
   <si>
-    <t>8,35</t>
-[...2 lines deleted...]
-    <t>https://transparencia.grancanariadeportes.com/storage/uploads/17440321112025_Febrero_05-35-002-DD-000.ods</t>
+    <t>0,26</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606432502 PMP IID Febrero 2025-ods.ods</t>
   </si>
   <si>
     <t>Febrero</t>
   </si>
   <si>
     <t>02-2025</t>
   </si>
   <si>
+    <t>31-01-2025</t>
+  </si>
+  <si>
+    <t>0,62</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606426601 PMP IID Enero 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Enero</t>
+  </si>
+  <si>
+    <t>01-2025</t>
+  </si>
+  <si>
     <t>31-12-2024</t>
   </si>
   <si>
     <t>0,31</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1738846031PMP IID 4º trim.2024-ods.ods</t>
   </si>
   <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>12-2024</t>
   </si>
   <si>
     <t>30-11-2024</t>
   </si>
   <si>
     <t>1,11</t>
   </si>
   <si>
-    <t>Noviembre</t>
-[...1 lines deleted...]
-  <si>
     <t>11-2024</t>
   </si>
   <si>
     <t>30-10-2024</t>
   </si>
   <si>
     <t>0,46</t>
   </si>
   <si>
-    <t>Octubre</t>
-[...1 lines deleted...]
-  <si>
     <t>10-2024</t>
   </si>
   <si>
     <t>30-09-2024</t>
   </si>
   <si>
     <t>0,35</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1738845984PMP IID 3º trim.2024-ods.ods</t>
   </si>
   <si>
-    <t>Septiembre</t>
-[...1 lines deleted...]
-  <si>
     <t>09-2024</t>
   </si>
   <si>
     <t>30-08-2024</t>
   </si>
   <si>
-    <t>Agosto</t>
-[...1 lines deleted...]
-  <si>
     <t>08-2024</t>
   </si>
   <si>
     <t>30-07-2024</t>
   </si>
   <si>
     <t>0,89</t>
   </si>
   <si>
-    <t>Julio</t>
-[...1 lines deleted...]
-  <si>
     <t>07-2024</t>
   </si>
   <si>
     <t>30-06-2024</t>
   </si>
   <si>
     <t>0,63</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1738845141PMP IID 2º trim.2024-ods.ods</t>
   </si>
   <si>
-    <t>Junio</t>
-[...1 lines deleted...]
-  <si>
     <t>06-2024</t>
   </si>
   <si>
     <t>31-05-2024</t>
   </si>
   <si>
     <t>4,62</t>
   </si>
   <si>
-    <t>Mayo</t>
-[...1 lines deleted...]
-  <si>
     <t>05-2024</t>
   </si>
   <si>
     <t>30-04-2024</t>
   </si>
   <si>
     <t>29,46</t>
   </si>
   <si>
-    <t>Abril</t>
-[...1 lines deleted...]
-  <si>
     <t>04-2024</t>
   </si>
   <si>
     <t>31-03-2024</t>
   </si>
   <si>
     <t>0,39</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1738845084PMP IID 1º trim.2024-ods.ods</t>
   </si>
   <si>
-    <t>Marzo</t>
-[...1 lines deleted...]
-  <si>
     <t>03-2024</t>
   </si>
   <si>
     <t>28-02-2024</t>
   </si>
   <si>
     <t>1,13</t>
   </si>
   <si>
     <t>02-2024</t>
   </si>
   <si>
     <t>31-01-2024</t>
   </si>
   <si>
     <t>2,41</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enero</t>
   </si>
   <si>
     <t>01-2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -579,62 +699,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z14"/>
+  <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
+    <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="124" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="126" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
@@ -643,321 +763,551 @@
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>894</v>
+        <v>1108</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2">
         <v>2025</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>823</v>
+        <v>1078</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>822</v>
+        <v>1077</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>821</v>
+        <v>1076</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
+      </c>
+      <c r="D5" t="s">
+        <v>25</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>820</v>
+        <v>1075</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>819</v>
+        <v>1074</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>35</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>818</v>
+        <v>1073</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
       </c>
       <c r="F8" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H8" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>817</v>
+        <v>1072</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H9" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>816</v>
+        <v>1071</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>50</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>815</v>
+        <v>894</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>814</v>
+        <v>1070</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D12" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H12" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="B13" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>64</v>
+      </c>
+      <c r="D13" t="s">
+        <v>65</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="G13">
         <v>2024</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="F14" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="G14">
         <v>2024</v>
       </c>
       <c r="H14" t="s">
-        <v>62</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="1">
+        <v>821</v>
+      </c>
+      <c r="B15" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15">
+        <v>2024</v>
+      </c>
+      <c r="H15" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" s="1">
+        <v>820</v>
+      </c>
+      <c r="B16" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16">
+        <v>2024</v>
+      </c>
+      <c r="H16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" s="1">
+        <v>819</v>
+      </c>
+      <c r="B17" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="F17" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17">
+        <v>2024</v>
+      </c>
+      <c r="H17" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" s="1">
+        <v>818</v>
+      </c>
+      <c r="B18" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18">
+        <v>2024</v>
+      </c>
+      <c r="H18" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" s="1">
+        <v>817</v>
+      </c>
+      <c r="B19" t="s">
+        <v>83</v>
+      </c>
+      <c r="C19" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" t="s">
+        <v>36</v>
+      </c>
+      <c r="G19">
+        <v>2024</v>
+      </c>
+      <c r="H19" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
+      <c r="A20" s="1">
+        <v>816</v>
+      </c>
+      <c r="B20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20">
+        <v>2024</v>
+      </c>
+      <c r="H20" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" s="1">
+        <v>815</v>
+      </c>
+      <c r="B21" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21">
+        <v>2024</v>
+      </c>
+      <c r="H21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="A22" s="1">
+        <v>814</v>
+      </c>
+      <c r="B22" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22">
+        <v>2024</v>
+      </c>
+      <c r="H22" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" s="1">
+        <v>813</v>
+      </c>
+      <c r="B23" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="F23" t="s">
+        <v>56</v>
+      </c>
+      <c r="G23">
+        <v>2024</v>
+      </c>
+      <c r="H23" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" s="1">
+        <v>812</v>
+      </c>
+      <c r="B24" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24">
+        <v>2024</v>
+      </c>
+      <c r="H24" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">