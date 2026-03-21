--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,76 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>cuantia</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
     <t>pmc</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>yearm</t>
   </si>
   <si>
+    <t>31-12-2025</t>
+  </si>
+  <si>
+    <t>0,83</t>
+  </si>
+  <si>
+    <t>https://transparencia.grancanariadeportes.com/storage/uploads/177304966712 PMP IID Diciembre 2025-ods.ods</t>
+  </si>
+  <si>
+    <t>Diciembre</t>
+  </si>
+  <si>
+    <t>12-2025</t>
+  </si>
+  <si>
     <t>30-11-2025</t>
   </si>
   <si>
     <t>0,54</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/176898652411 PMP IID Noviembre 2025-ods.ods</t>
   </si>
   <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>11-2025</t>
   </si>
   <si>
     <t>31-10-2025</t>
   </si>
   <si>
     <t>60,11</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606456710 PMP IID Octubre 2025-ods.ods</t>
   </si>
   <si>
     <t>Octubre</t>
@@ -210,53 +225,50 @@
     <t>02-2025</t>
   </si>
   <si>
     <t>31-01-2025</t>
   </si>
   <si>
     <t>0,62</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/176606426601 PMP IID Enero 2025-ods.ods</t>
   </si>
   <si>
     <t>Enero</t>
   </si>
   <si>
     <t>01-2025</t>
   </si>
   <si>
     <t>31-12-2024</t>
   </si>
   <si>
     <t>0,31</t>
   </si>
   <si>
     <t>https://transparencia.grancanariadeportes.com/storage/uploads/1738846031PMP IID 4º trim.2024-ods.ods</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diciembre</t>
   </si>
   <si>
     <t>12-2024</t>
   </si>
   <si>
     <t>30-11-2024</t>
   </si>
   <si>
     <t>1,11</t>
   </si>
   <si>
     <t>11-2024</t>
   </si>
   <si>
     <t>30-10-2024</t>
   </si>
   <si>
     <t>0,46</t>
   </si>
   <si>
     <t>10-2024</t>
   </si>
   <si>
     <t>30-09-2024</t>
   </si>
@@ -699,51 +711,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z24"/>
+  <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="126" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -763,551 +775,574 @@
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>1108</v>
+        <v>1125</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2">
         <v>2025</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1078</v>
+        <v>1108</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>2025</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
         <v>2025</v>
       </c>
       <c r="H4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5">
         <v>2025</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6">
         <v>2025</v>
       </c>
       <c r="H6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7">
         <v>2025</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8">
         <v>2025</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9">
         <v>2025</v>
       </c>
       <c r="H9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
       <c r="C10" t="s">
         <v>49</v>
       </c>
       <c r="D10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10">
         <v>2025</v>
       </c>
       <c r="H10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>894</v>
+        <v>1071</v>
       </c>
       <c r="B11" t="s">
         <v>53</v>
       </c>
       <c r="C11" t="s">
         <v>54</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11">
         <v>2025</v>
       </c>
       <c r="H11" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>1070</v>
+        <v>894</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
       <c r="C12" t="s">
         <v>59</v>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12">
         <v>2025</v>
       </c>
       <c r="H12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>823</v>
+        <v>1070</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
       <c r="C13" t="s">
         <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
+      <c r="D14" t="s">
+        <v>70</v>
+      </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14">
         <v>2024</v>
       </c>
       <c r="H14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15">
         <v>2024</v>
       </c>
       <c r="H15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>76</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16">
         <v>2024</v>
       </c>
       <c r="H16" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B17" t="s">
         <v>78</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>79</v>
+      </c>
+      <c r="D17" t="s">
+        <v>80</v>
       </c>
       <c r="F17" t="s">
         <v>26</v>
       </c>
       <c r="G17">
         <v>2024</v>
       </c>
       <c r="H17" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18">
         <v>2024</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>85</v>
       </c>
       <c r="F19" t="s">
         <v>36</v>
       </c>
       <c r="G19">
         <v>2024</v>
       </c>
       <c r="H19" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B20" t="s">
         <v>87</v>
       </c>
       <c r="C20" t="s">
         <v>88</v>
       </c>
+      <c r="D20" t="s">
+        <v>89</v>
+      </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
       <c r="G20">
         <v>2024</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21">
         <v>2024</v>
       </c>
       <c r="H21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>95</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22">
         <v>2024</v>
       </c>
       <c r="H22" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B23" t="s">
         <v>97</v>
       </c>
       <c r="C23" t="s">
         <v>98</v>
       </c>
+      <c r="D23" t="s">
+        <v>99</v>
+      </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23">
         <v>2024</v>
       </c>
       <c r="H23" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
         <v>61</v>
       </c>
       <c r="G24">
         <v>2024</v>
       </c>
       <c r="H24" t="s">
-        <v>102</v>
+        <v>103</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" s="1">
+        <v>812</v>
+      </c>
+      <c r="B25" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="F25" t="s">
+        <v>66</v>
+      </c>
+      <c r="G25">
+        <v>2024</v>
+      </c>
+      <c r="H25" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">