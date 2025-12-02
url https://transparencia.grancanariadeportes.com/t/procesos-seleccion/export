--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -44,51 +44,51 @@
   <si>
     <t>fecha_inicio</t>
   </si>
   <si>
     <t>fecha_fin</t>
   </si>
   <si>
     <t>estado</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>Convocatoria Plaza Arquitecto/a</t>
   </si>
   <si>
     <t>2025-06-09T00:00:00.000000Z</t>
   </si>
   <si>
     <t>09-06-2025</t>
   </si>
   <si>
     <t>En proceso</t>
   </si>
   <si>
-    <t xml:space="preserve">Nombre: Bases Específicas, Fecha: 09/06/2025, Enlace: https://transparencia.grancanariadeportes.com/storage/uploads/1749476868BOP%2069%20de%209-6-25%20Bases%20especificas%20Arquitecto%20OEP%202022.pdf - </t>
+    <t xml:space="preserve">Nombre: Listado provisional de admitidos y excluidos, Fecha: 24/11/2025, Enlace: https://transparencia.grancanariadeportes.com/storage/uploads/1764166590BOP%20141%20de%2024-11-25%20listado%20provisional%20de%20admitidos%20y%20exluidos%20de%20una%20plaza%20de%20arquitecto%20IID.pdf - </t>
   </si>
   <si>
     <t>Convocatoria de Estabilización - Auxiliar Administrativo</t>
   </si>
   <si>
     <t>2024-11-02T00:00:00.000000Z</t>
   </si>
   <si>
     <t>02-11-2024</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Boletín Oficial de la Provincia de Las Palmas. Nombramiento, Fecha: 27/12/2024, Enlace: https://transparencia.grancanariadeportes.com/storage/uploads/1735304108Bolet%C3%ADn%2027.12.24-A_BOLETIN%20MAQUETA_2007.pdf - </t>
   </si>
   <si>
     <t>Convocatoria de Estabilización - Auxiliar de Instalación</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Boletín Oficial de la Provincia de Las Palmas. Nombramiento., Fecha: 27/12/2024, Enlace: https://transparencia.grancanariadeportes.com/storage/uploads/1735304108Bolet%C3%ADn%2027.12.24-A_BOLETIN%20MAQUETA_2007.pdf - </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -455,51 +455,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="67" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="265" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="336" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>