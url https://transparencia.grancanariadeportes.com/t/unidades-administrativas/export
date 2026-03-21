--- v0 (2025-10-15)
+++ v1 (2026-03-21)
@@ -108,51 +108,51 @@
   </si>
   <si>
     <t>Esta unidad se encarga del desarrollo de las competencias propias de Deportes del Cabildo Insular de Gran Canaria, conforme a la Ley Canaria del Deporte y a los propios Estatutos del Instituto Insular de Deportes que lo regulan, referido a instalaciones y servicios de actividad física y deportes.
 Instalaciones:
 Estadio de Gran Canaria, Centro Insular de Deportes, Ciudad Deportiva Gran Canaria.
 Gestión interesada
 Programas:
 El objetivo de estos programas consiste en promover y facilitar las actividades deportivas entre la población de Gran Canaria, captar entidades que colaboren en las mismas, fomentar la participación de todos los ayuntamientos de la isla, colaborar con las federaciones insulares para promocionar las diferentes modalidades deportivas y mejorar el nivel de los participantes en los Campeonatos de Canarias y mejorar la oferta saludable para todos.</t>
   </si>
   <si>
     <t>Ciudad Deportiva 7 Palmas, Calle Fondos de Segura s/n (Estadio de Gran Canaria)</t>
   </si>
   <si>
     <t>Dirección Gerencia</t>
   </si>
   <si>
     <t>Leticia López Estrada</t>
   </si>
   <si>
     <t>Dirigir e inspeccionar, bajo la subordinación del Presidente, todos los servicios y dependencia, ejerciendo su dirección inmediata y la jefatura del personal.
 Confeccionar el desarrollo técnico de los planes anuales de las actividades a realizar, que deberá ser sometido a la aprobación de la Junta Rectora.
 Representar administrativamente al Instituto cuando dicha representación no sea asumida por el Presidente o Vicepresidente.
 Velar por el buen funcionamiento y conservación de las instalaciones y del material adscrito a las mismas.</t>
   </si>
   <si>
-    <t>llopez@grancanariadeportes.com  928415644</t>
+    <t xml:space="preserve">llopez@grancanariadeportes.com  928415644  </t>
   </si>
   <si>
     <t>Presidencia</t>
   </si>
   <si>
     <t>Aridany Romero Vega</t>
   </si>
   <si>
     <t>Representar al Instituto Insular de Deportes de Gran Canaria en todos los asuntos y actos propios de su competencia.
 Convocar las sesiones de la Junta Rectora por propia iniciativa o cuando lo soliciten al menos cuatro consejeros.
 Presidir y dirigir las deliberaciones.
 Aprobar los pagos con arreglo a las normas de ejecución del Presupuesto del Instituto.</t>
   </si>
   <si>
     <t>slorenzo@grancanariadeportes.com  928415644</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>